--- v0 (2025-12-09)
+++ v1 (2026-01-13)
@@ -978,51 +978,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować i przeprowadzać eksperymenty z zakresu fizyki budowli w obszarze właściwym dla kierunku inżynieria środowiska oraz potrafi interpretować uzyskane wyniki i wyciągać na ich podstawie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1118,51 +1118,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U15_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań obiektów budowlanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>