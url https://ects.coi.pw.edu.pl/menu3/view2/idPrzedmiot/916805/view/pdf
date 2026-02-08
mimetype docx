--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -898,51 +898,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W07_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
@@ -1118,51 +1118,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U15_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań obiektów budowlanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>