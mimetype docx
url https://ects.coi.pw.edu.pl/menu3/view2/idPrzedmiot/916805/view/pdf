--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -758,51 +758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W01_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową wiedzę o trendach rozwojowych i najistotniejszych nowych osiągnięciach z zakresu budownictwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -898,51 +898,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W07_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>