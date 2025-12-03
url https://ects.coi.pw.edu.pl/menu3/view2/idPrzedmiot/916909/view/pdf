--- v0 (2025-11-01)
+++ v1 (2025-12-03)
@@ -1039,261 +1039,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przetwarzać chmurę punktów z dopasowania zdjęć i generować produkty pochodne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać elementarne etapy opracowania danych lotniczego skaningu laserowego na stacji cyfrowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przetwarzać chmury punktów z lotniczego skaningu laserowego i generować produkty pochodne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U20, K_U01</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>