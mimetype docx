--- v1 (2025-12-03)
+++ v2 (2025-12-27)
@@ -819,87 +819,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 	GI.IPS-5005_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy automatycznego opracowania zdjęć lotniczych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin końcowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 	GI.IPS-5005_W01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy automatycznego opracowania zdjęć lotniczych.</w:t>
+        <w:t xml:space="preserve">Zna podstawy działania lotniczego skaningu laserowego i jego produkty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -910,146 +980,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil praktyczny - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy działania lotniczego skaningu laserowego i jego produkty</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać elementarne etapy opracowania zdjęć lotniczych na stacji cyfrowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin końcowy</w:t>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W13</w:t>
+        <w:t xml:space="preserve">K_U01, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka : </w:t>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać elementarne etapy opracowania zdjęć lotniczych na stacji cyfrowej </w:t>
+        <w:t xml:space="preserve">Potrafi przetwarzać chmurę punktów z dopasowania zdjęć i generować produkty pochodne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1068,58 +1138,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przetwarzać chmurę punktów z dopasowania zdjęć i generować produkty pochodne</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać elementarne etapy opracowania danych lotniczego skaningu laserowego na stacji cyfrowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1138,162 +1208,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać elementarne etapy opracowania danych lotniczego skaningu laserowego na stacji cyfrowej</w:t>
+        <w:t xml:space="preserve">Potrafi przetwarzać chmury punktów z lotniczego skaningu laserowego i generować produkty pochodne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U20, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>