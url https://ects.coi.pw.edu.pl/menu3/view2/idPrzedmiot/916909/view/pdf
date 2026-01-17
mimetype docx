--- v2 (2025-12-27)
+++ v3 (2026-01-17)
@@ -819,51 +819,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>