--- v0 (2025-10-13)
+++ v1 (2026-02-09)
@@ -1190,191 +1190,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.ISP-1004_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać narzędzia oferowane przez system operacyjny do organizacji pracy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca na zajęciach, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U10, K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka GI.ISP-1004_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka GI.ISP-1004_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać narzędzia oferowane przez system operacyjny do organizacji pracy</w:t>
+        <w:t xml:space="preserve">Potrafi napisać prosty program realizujący obliczenia wielowątkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na zajęciach, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U10, K_U11</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U10, K_U15</w:t>
+        <w:t xml:space="preserve">K_U10, K_U15, K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>