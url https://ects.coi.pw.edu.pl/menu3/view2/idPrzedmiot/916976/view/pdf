--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U07, K_U09, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1004_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać narzędzia oferowane przez system operacyjny do organizacji pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1330,51 +1330,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na zajęciach, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U15, K_U01, K_U02, K_U06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U10, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>