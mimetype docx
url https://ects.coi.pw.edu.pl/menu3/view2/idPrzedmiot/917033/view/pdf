--- v0 (2025-10-13)
+++ v1 (2026-01-01)
@@ -822,51 +822,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W10, K_W12, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W10, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U14, K_U23</w:t>
+        <w:t xml:space="preserve">K_U14, K_U23, K_U01, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>