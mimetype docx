--- v1 (2026-01-01)
+++ v2 (2026-02-13)
@@ -902,191 +902,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U09, K_U14, K_U23, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U14, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U14, K_U23</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U14, K_U23, K_U01, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>