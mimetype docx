--- v2 (2026-02-13)
+++ v3 (2026-03-08)
@@ -902,51 +902,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U09, K_U14, K_U23, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U14, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>