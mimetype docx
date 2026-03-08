--- v3 (2026-03-08)
+++ v4 (2026-03-08)
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U14, K_U23</w:t>
+        <w:t xml:space="preserve">K_U04, K_U09, K_U14, K_U23, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>