--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -980,51 +980,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Cząstkowa ocena z projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U21, K_U30 </w:t>
+        <w:t xml:space="preserve">K_U30 , K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>