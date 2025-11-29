--- v0 (2025-10-19)
+++ v1 (2025-11-29)
@@ -802,291 +802,361 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM1_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcie funkcji, granicy funkcji, ciągłości i ciągłości jednostajnej, własności działań na funkcjach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W01, MAD1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM1_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM1_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcie funkcji, granicy funkcji, ciągłości i ciągłości jednostajnej, własności działań na funkcjach.</w:t>
+        <w:t xml:space="preserve">Zna pojęcie pochodnej i różniczki funkcji oraz własności tych pojęć oraz podstawowe zastosowania - twierdzenie Rolle'a, Lagrange'a, Cauchy'ego, wzór Taylora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W01, MAD1_W02</w:t>
+        <w:t xml:space="preserve">MAD1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM1_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM1_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcie pochodnej i różniczki funkcji oraz własności tych pojęć oraz podstawowe zastosowania - twierdzenie Rolle'a, Lagrange'a, Cauchy'ego, wzór Taylora</w:t>
+        <w:t xml:space="preserve">Zna pojęcie ekstremum lokalnego i globalnego, warunki konieczne i wystarczające na ich istnienie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM1_W04: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM1_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcie ekstremum lokalnego i globalnego, warunki konieczne i wystarczające na ich istnienie.</w:t>
+        <w:t xml:space="preserve">Znajduje kresy zbiorów, granice ciągów i sumy szeregów, korzysta z kryteriów zbieżności szeregów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W02</w:t>
+        <w:t xml:space="preserve">MAD1_U01, MAD1_U02, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM1_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajduje kresy zbiorów, granice ciągów i sumy szeregów, korzysta z kryteriów zbieżności szeregów.</w:t>
+        <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1105,248 +1175,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
+        <w:t xml:space="preserve">Potrafi znajdować wzory na pochodne funkcji dowolnego rzędu, wzór na styczną do wykresu. Umie stosować różniczkę funkcji do obliczeń przybliżonych. Potrafi stosować wzór Taylora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U01, MAD1_U02, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM1_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi znajdować ekstrema lokalne funkcji oraz wartość największą i najmniejszą. Potrafi stosować teorię ekstremów do zadań praktycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U02, MAD1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi badać przebieg funkcji oraz stosować skończone rozwinięcia funkcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>