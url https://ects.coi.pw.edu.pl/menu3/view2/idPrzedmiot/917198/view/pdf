--- v1 (2025-11-29)
+++ v2 (2025-12-24)
@@ -802,51 +802,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcie funkcji, granicy funkcji, ciągłości i ciągłości jednostajnej, własności działań na funkcjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1076,207 +1076,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U02, MAD1_U05, MAD1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MAD1_U01, MAD1_U02, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
+        <w:t xml:space="preserve">Potrafi znajdować wzory na pochodne funkcji dowolnego rzędu, wzór na styczną do wykresu. Umie stosować różniczkę funkcji do obliczeń przybliżonych. Potrafi stosować wzór Taylora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U01, MAD1_U02, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować ekstrema lokalne funkcji oraz wartość największą i najmniejszą. Potrafi stosować teorię ekstremów do zadań praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>