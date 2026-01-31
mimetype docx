--- v2 (2025-12-24)
+++ v3 (2026-01-31)
@@ -1092,51 +1092,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U02, MAD1_U05, MAD1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1436,67 +1436,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania domowe, ćwiczenia, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_K02, MAD1_K04</w:t>
+        <w:t xml:space="preserve">MAD1_K04, MAD1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć i działać w sposób przedsiębiorczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>