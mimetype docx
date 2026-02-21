--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1076,67 +1076,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U02, MAD1_U05, MAD1_U01</w:t>
+        <w:t xml:space="preserve">MAD1_U01, MAD1_U02, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1436,67 +1436,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania domowe, ćwiczenia, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_K04, MAD1_K02</w:t>
+        <w:t xml:space="preserve">MAD1_K02, MAD1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć i działać w sposób przedsiębiorczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>