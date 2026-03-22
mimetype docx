--- v4 (2026-02-21)
+++ v5 (2026-03-22)
@@ -1076,157 +1076,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U05, MAD1_U01, MAD1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MAD1_U01, MAD1_U02, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
+        <w:t xml:space="preserve">Potrafi znajdować wzory na pochodne funkcji dowolnego rzędu, wzór na styczną do wykresu. Umie stosować różniczkę funkcji do obliczeń przybliżonych. Potrafi stosować wzór Taylora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U01, MAD1_U02, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM1_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi znajdować ekstrema lokalne funkcji oraz wartość największą i najmniejszą. Potrafi stosować teorię ekstremów do zadań praktycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U02, MAD1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM1_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM1_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi znajdować wzory na pochodne funkcji dowolnego rzędu, wzór na styczną do wykresu. Umie stosować różniczkę funkcji do obliczeń przybliżonych. Potrafi stosować wzór Taylora.</w:t>
+        <w:t xml:space="preserve">Potrafi badać przebieg funkcji oraz stosować skończone rozwinięcia funkcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1237,266 +1377,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM1_U04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM1_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi znajdować ekstrema lokalne funkcji oraz wartość największą i najmniejszą. Potrafi stosować teorię ekstremów do zadań praktycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie lub innych zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
+        <w:t xml:space="preserve">Zadania domowe, ćwiczenia, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U02, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_K04, MAD1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć i działać w sposób przedsiębiorczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>