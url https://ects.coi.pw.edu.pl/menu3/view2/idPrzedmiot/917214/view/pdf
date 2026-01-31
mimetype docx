--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -856,51 +856,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcia analizy wektorowej i twierdzenia z nimi związane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>