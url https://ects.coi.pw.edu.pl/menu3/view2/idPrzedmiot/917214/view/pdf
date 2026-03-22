--- v1 (2026-01-31)
+++ v2 (2026-03-22)
@@ -856,51 +856,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcia analizy wektorowej i twierdzenia z nimi związane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1426,51 +1426,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_K01: </w:t>
       </w:r>
     </w:p>