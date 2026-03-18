--- v1 (2026-02-22)
+++ v2 (2026-03-18)
@@ -850,67 +850,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych, ocena zespołowego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W11, MAD1_W14, MAD1_W02, MAD1_W03, MAD1_W04</w:t>
+        <w:t xml:space="preserve">MAD1_W02, MAD1_W03, MAD1_W04, MAD1_W11, MAD1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, I.P6S_WK, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, II.X.P6S_WG.2, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu zastosowania równań różniczkowych zwyczajnych do modelowania zjawisk fizycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1000,51 +1000,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych, ocena zespołowego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U13, MAD1_U15</w:t>
+        <w:t xml:space="preserve">MAD1_U15, MAD1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1140,67 +1140,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych, ocena zespołowego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U12, MAD1_U15, MAD1_U07</w:t>
+        <w:t xml:space="preserve">MAD1_U07, MAD1_U12, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UO, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PM_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawnie posługuje się poprawnym językiem matematycznym oraz regułami wnioskowania. W oparciu o materiały źródłowe potrafi przygotować raport.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>