--- v0 (2025-11-07)
+++ v1 (2026-01-18)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">an assessment of the thesis by the supervisor and a reviewer , a monitoring of the progression by the supervisor, a discussion </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_W01, DS2_W13**</w:t>
+        <w:t xml:space="preserve">DS2_W13**, DS2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>