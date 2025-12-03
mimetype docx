--- v0 (2025-11-07)
+++ v1 (2025-12-03)
@@ -782,51 +782,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Exam, grading of the project</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_W04, DS2_W02</w:t>
+        <w:t xml:space="preserve">DS2_W02, DS2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>