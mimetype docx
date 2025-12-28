--- v1 (2025-12-03)
+++ v2 (2025-12-28)
@@ -1002,51 +1002,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Exam, grading of the project </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U04, DS2_U08, DS2_U14</w:t>
+        <w:t xml:space="preserve">DS2_U08, DS2_U14, DS2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>