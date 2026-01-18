--- v0 (2025-11-07)
+++ v1 (2026-01-18)
@@ -1057,51 +1057,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">project deliverable</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U02, DS2_U07, DS2_U12, DS2_U21**</w:t>
+        <w:t xml:space="preserve">DS2_U21**, DS2_U02, DS2_U07, DS2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>