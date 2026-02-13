--- v1 (2026-01-18)
+++ v2 (2026-02-13)
@@ -1057,51 +1057,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">project deliverable</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U21**, DS2_U02, DS2_U07, DS2_U12</w:t>
+        <w:t xml:space="preserve">DS2_U02, DS2_U07, DS2_U12, DS2_U21**</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1127,51 +1127,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">project deliverables</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U01, DS2_U13</w:t>
+        <w:t xml:space="preserve">DS2_U13, DS2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>