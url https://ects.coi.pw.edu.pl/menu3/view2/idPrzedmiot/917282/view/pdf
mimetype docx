--- v2 (2026-02-13)
+++ v3 (2026-03-28)
@@ -1057,51 +1057,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">project deliverable</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U02, DS2_U07, DS2_U12, DS2_U21**</w:t>
+        <w:t xml:space="preserve">DS2_U07, DS2_U12, DS2_U21**, DS2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1127,51 +1127,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">project deliverables</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U13, DS2_U01</w:t>
+        <w:t xml:space="preserve">DS2_U01, DS2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>