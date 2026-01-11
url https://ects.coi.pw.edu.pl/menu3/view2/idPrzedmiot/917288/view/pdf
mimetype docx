--- v0 (2025-11-23)
+++ v1 (2026-01-11)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatu i przeprowadzonej dyskusji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W03, I2_W06**, I2_W07**, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W06</w:t>
+        <w:t xml:space="preserve">I2CC_W04, I2CC_W06, I2_W03, I2_W06**, I2_W07**, I2CC_W01, I2CC_W02, I2CC_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -980,51 +980,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena jakości, terminowości oraz strony technologicznej wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U15**, I2CC_U02, I2CC_U03, I2CC_U04, I2_U03</w:t>
+        <w:t xml:space="preserve">I2_U03, I2_U15**, I2CC_U02, I2CC_U03, I2CC_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>