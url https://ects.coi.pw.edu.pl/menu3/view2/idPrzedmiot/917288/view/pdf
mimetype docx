--- v1 (2026-01-11)
+++ v2 (2026-02-06)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatu i przeprowadzonej dyskusji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_W04, I2CC_W06, I2_W03, I2_W06**, I2_W07**, I2CC_W01, I2CC_W02, I2CC_W03</w:t>
+        <w:t xml:space="preserve">I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W06, I2_W03, I2_W06**, I2_W07**, I2CC_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>