--- v2 (2026-02-06)
+++ v3 (2026-03-22)
@@ -760,67 +760,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatu i przeprowadzonej dyskusji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W06, I2_W03, I2_W06**, I2_W07**, I2CC_W01</w:t>
+        <w:t xml:space="preserve">I2_W03, I2_W06**, I2_W07**, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01   : </w:t>
       </w:r>
     </w:p>