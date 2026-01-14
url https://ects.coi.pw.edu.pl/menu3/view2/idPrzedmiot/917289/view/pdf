--- v0 (2025-11-23)
+++ v1 (2026-01-14)
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie ćwiczeń (kolokwia, ocena zadań domowych, aktywność), ocena projektów wykonanych w ramach laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U04, I2_U11, I2_U13, I2_U15**, I2_U16**, I2CC_U03, I2CC_U07</w:t>
+        <w:t xml:space="preserve">I2_U13, I2_U15**, I2_U16**, I2CC_U03, I2CC_U07, I2_U02, I2_U03, I2_U04, I2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>