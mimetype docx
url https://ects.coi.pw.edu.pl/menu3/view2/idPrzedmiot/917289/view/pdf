--- v1 (2026-01-14)
+++ v2 (2026-03-22)
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie ćwiczeń (kolokwia, ocena zadań domowych, aktywność), ocena projektów wykonanych w ramach laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U13, I2_U15**, I2_U16**, I2CC_U03, I2CC_U07, I2_U02, I2_U03, I2_U04, I2_U11</w:t>
+        <w:t xml:space="preserve">I2_U04, I2_U11, I2_U13, I2_U15**, I2_U16**, I2CC_U03, I2CC_U07, I2_U02, I2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>