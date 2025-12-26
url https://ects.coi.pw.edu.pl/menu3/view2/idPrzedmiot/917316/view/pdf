--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1052,51 +1052,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena kolokwium, ocena sprawdzianów i wykonywanych zadań (w tym studium przypadku)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U16**, I2_U13</w:t>
+        <w:t xml:space="preserve">I2_U13, I2_U16**</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>