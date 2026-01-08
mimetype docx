--- v1 (2025-12-26)
+++ v2 (2026-01-08)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>