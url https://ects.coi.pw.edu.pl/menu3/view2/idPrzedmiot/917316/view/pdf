--- v2 (2026-01-08)
+++ v3 (2026-03-23)
@@ -762,67 +762,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena kolokwium, ocena sprawdzianów i wykonywanych zadań (w tym studium przypadku)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W04, I2_W07**</w:t>
+        <w:t xml:space="preserve">I2_W07**, I2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna kluczowe zalecenia metodyk zarządzania projektami bazujące na Project Management Body of Knowledge, RUP, Scrum, PRINCE2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>