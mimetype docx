--- v0 (2025-11-01)
+++ v1 (2025-11-28)
@@ -821,51 +821,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W09, MiBM2_W01, MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W05, MiBM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>