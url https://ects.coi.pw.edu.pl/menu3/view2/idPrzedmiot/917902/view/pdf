--- v2 (2025-12-26)
+++ v3 (2026-01-12)
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U15, MiBM2_U01</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1112,51 +1112,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
+        <w:t xml:space="preserve">MiBM2_U15, MiBM2_U01, MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>