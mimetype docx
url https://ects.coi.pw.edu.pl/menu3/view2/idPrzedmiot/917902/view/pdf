--- v3 (2026-01-12)
+++ v4 (2026-02-06)
@@ -1112,51 +1112,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U15, MiBM2_U01, MiBM2_U08, MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1182,51 +1182,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U15, MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>