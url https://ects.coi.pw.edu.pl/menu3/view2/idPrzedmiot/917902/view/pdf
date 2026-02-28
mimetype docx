--- v4 (2026-02-06)
+++ v5 (2026-02-28)
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W05, MiBM2_W09</w:t>
+        <w:t xml:space="preserve">MiBM2_W09, MiBM2_W01, MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1182,51 +1182,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U15, MiBM2_U01</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>