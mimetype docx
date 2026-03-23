--- v5 (2026-02-28)
+++ v6 (2026-03-23)
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W09, MiBM2_W01, MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W05, MiBM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1182,51 +1182,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
+        <w:t xml:space="preserve">MiBM2_U15, MiBM2_U01, MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>