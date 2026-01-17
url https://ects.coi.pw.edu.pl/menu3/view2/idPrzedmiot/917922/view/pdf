--- v1 (2025-12-03)
+++ v2 (2026-01-17)
@@ -743,341 +743,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W08, MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS746_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Student zna metody obliczeniowe spalania w silnikach tłokowych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS746_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS746_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">				Student zna metody obliczeniowe spalania w silnikach tłokowych.								</w:t>
+        <w:t xml:space="preserve">		Student umie posługiwać się programem AVL FIRE do symulacji spalania w silnikach tłokowych.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS746_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS746_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">		Student umie posługiwać się programem AVL FIRE do symulacji spalania w silnikach tłokowych.											</w:t>
+        <w:t xml:space="preserve">											Student rozumie metody obliczeniowe stosowane do symulacji spalania w silnikach tłokowych.		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS746_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">				Student posiada umiejętność symulacji procesów spalania w silnikach tłokowych.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10, MiBM2_U13</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U13, MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>