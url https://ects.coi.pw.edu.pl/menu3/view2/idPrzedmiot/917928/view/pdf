--- v0 (2025-10-06)
+++ v1 (2025-11-02)
@@ -757,51 +757,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie przykładowych zadań w trakcie zajęć z wykładowcą.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązanie projektu domowego nr 1 polegającego na budowie kinematycznego i dynamicznego modelu sterowania wybranego układu mechanicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>