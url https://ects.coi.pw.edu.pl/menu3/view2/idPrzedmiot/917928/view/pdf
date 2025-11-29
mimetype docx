--- v1 (2025-11-02)
+++ v2 (2025-11-29)
@@ -757,51 +757,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie przykładowych zadań w trakcie zajęć z wykładowcą.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>