--- v0 (2025-11-04)
+++ v1 (2025-11-29)
@@ -1116,51 +1116,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1256,51 +1256,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U08, MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>