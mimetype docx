--- v1 (2025-11-29)
+++ v2 (2025-12-26)
@@ -1116,51 +1116,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U08</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1186,51 +1186,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>