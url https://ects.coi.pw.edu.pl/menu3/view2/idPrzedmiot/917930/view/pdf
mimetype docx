--- v2 (2025-12-26)
+++ v3 (2026-01-16)
@@ -896,341 +896,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							EW4. Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NS657_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EW4. Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu							</w:t>
+        <w:t xml:space="preserve">							EU1. Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym) 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NS657_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EU1. Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym) 							</w:t>
+        <w:t xml:space="preserve">							EU2. Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U17</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NS657_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NS657_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EU2. Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła							</w:t>
+        <w:t xml:space="preserve">							EU3. Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U08, MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>