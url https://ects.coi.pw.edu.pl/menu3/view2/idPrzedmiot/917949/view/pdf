--- v1 (2025-12-29)
+++ v2 (2026-01-31)
@@ -1193,50 +1193,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi posłużyć się aparatem algebry i analizy wektorowej do wyznaczenia charakterystyk ruchu płynu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1292,582 +1362,512 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi posłużyć się aparatem algebry i analizy wektorowej do wyznaczenia charakterystyk ruchu płynu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi rozwiązać zagadnienia wyznaczania ruchu cieczy idealnej lub rzeczywistej w prostych rurociągach posługując się podstawowym lub uogólnionym równaniem Bernoulliego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium  nr 1 i nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać zagadnienia wyznaczania ruchu cieczy idealnej lub rzeczywistej w prostych rurociągach posługując się podstawowym lub uogólnionym równaniem Bernoulliego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium  nr 1 i nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać zagadnienia wyznaczania ruchu cieczy idealnej lub rzeczywistej w prostych rurociągach posługując się podstawowym lub uogólnionym równaniem Bernoulliego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium  nr 1 i nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dokonać prostej analizy warunków podobieństwa dynamicznego, a także wykorzystać metody analizy wymiarowej do przewidywania formalnej postaci praw fizycznych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi rozwiązać zagadnienia wyznaczania ruchu cieczy idealnej lub rzeczywistej w prostych rurociągach posługując się podstawowym lub uogólnionym równaniem Bernoulliego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dokonać prostej analizy warunków podobieństwa dynamicznego, a także wykorzystać metody analizy wymiarowej do przewidywania formalnej postaci praw fizycznych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kolokwium  nr 1 i nr 2.</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>