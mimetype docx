--- v2 (2026-01-31)
+++ v3 (2026-03-01)
@@ -1403,50 +1403,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwium  nr 1 i nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać zagadnienia wyznaczania ruchu cieczy idealnej lub rzeczywistej w prostych rurociągach posługując się podstawowym lub uogólnionym równaniem Bernoulliego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium  nr 1 i nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1502,372 +1572,302 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi rozwiązać zagadnienia wyznaczania ruchu cieczy idealnej lub rzeczywistej w prostych rurociągach posługując się podstawowym lub uogólnionym równaniem Bernoulliego.							</w:t>
+        <w:t xml:space="preserve">							Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kolokwium  nr 1 i nr 2.</w:t>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dokonać prostej analizy warunków podobieństwa dynamicznego, a także wykorzystać metody analizy wymiarowej do przewidywania formalnej postaci praw fizycznych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dokonać prostej analizy warunków podobieństwa dynamicznego, a także wykorzystać metody analizy wymiarowej do przewidywania formalnej postaci praw fizycznych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U21</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>