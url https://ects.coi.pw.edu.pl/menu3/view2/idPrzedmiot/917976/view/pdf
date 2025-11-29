--- v0 (2025-10-06)
+++ v1 (2025-11-29)
@@ -1167,121 +1167,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>