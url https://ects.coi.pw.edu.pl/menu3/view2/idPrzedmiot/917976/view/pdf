--- v1 (2025-11-29)
+++ v2 (2025-12-29)
@@ -747,157 +747,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat podstawowych pojęć rachunku prawdopodobieństwa.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat podstawowych pojęć rachunku prawdopodobieństwa.						</w:t>
+        <w:t xml:space="preserve">							Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.							</w:t>
+        <w:t xml:space="preserve">														Ma wiedzę o typowych zadaniach statystyki i w szczególności: na temat estymacji i testowania hipotez statystycznych														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -916,58 +1056,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.							</w:t>
+        <w:t xml:space="preserve">														Ma wiedzę o typowych zadaniach statystyki i w szczególności: na temat estymacji i testowania hipotez statystycznych														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -986,58 +1126,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma wiedzę o typowych zadaniach statystyki i w szczególności: na temat estymacji i testowania hipotez statystycznych														</w:t>
+        <w:t xml:space="preserve">							Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1056,232 +1196,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma wiedzę o typowych zadaniach statystyki i w szczególności: na temat estymacji i testowania hipotez statystycznych														</w:t>
+        <w:t xml:space="preserve">							Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>