--- v2 (2025-12-29)
+++ v3 (2026-01-31)
@@ -747,261 +747,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat podstawowych pojęć rachunku prawdopodobieństwa.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat podstawowych pojęć rachunku prawdopodobieństwa.						</w:t>
+        <w:t xml:space="preserve">							Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>