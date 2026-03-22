--- v3 (2026-01-31)
+++ v4 (2026-03-22)
@@ -887,87 +887,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice.							</w:t>
+        <w:t xml:space="preserve">														Ma wiedzę o typowych zadaniach statystyki i w szczególności: na temat estymacji i testowania hipotez statystycznych														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1027,87 +1097,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma wiedzę o typowych zadaniach statystyki i w szczególności: na temat estymacji i testowania hipotez statystycznych														</w:t>
+        <w:t xml:space="preserve">							Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1118,216 +1258,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.							</w:t>
+        <w:t xml:space="preserve">														Potrafi  obliczyć główne charakterystyki liczbowe dla typowych zmiennych losowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych.							</w:t>
+        <w:t xml:space="preserve">														Potrafi  obliczyć główne charakterystyki liczbowe dla typowych zmiennych losowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W07</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi  obliczyć główne charakterystyki liczbowe dla typowych zmiennych losowych.														</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1346,58 +1486,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi  obliczyć główne charakterystyki liczbowe dla typowych zmiennych losowych.														</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1416,302 +1556,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK351_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych zjawisk losowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK351_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych zjawisk losowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz ocena zadania domowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U08</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>