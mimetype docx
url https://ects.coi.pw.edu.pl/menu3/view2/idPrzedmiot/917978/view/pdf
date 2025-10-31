--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1104,191 +1104,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody badań struktury geometrycznej powierzchni i oceny zużycia części maszyn.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody badań struktury geometrycznej powierzchni i oceny zużycia części maszyn.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>