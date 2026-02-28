--- v1 (2025-10-31)
+++ v2 (2026-02-28)
@@ -1314,191 +1314,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>