--- v0 (2025-11-01)
+++ v1 (2025-11-30)
@@ -969,50 +969,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste urządzenie mechaniczne stacjonarne realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste urządzenie mechaniczne stacjonarne realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste urządzenie mechaniczne stacjonarne realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1068,408 +1278,408 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować proste urządzenie mechaniczne stacjonarne realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.						</w:t>
+        <w:t xml:space="preserve">							Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U10</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować proste urządzenie mechaniczne stacjonarne realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.						</w:t>
+        <w:t xml:space="preserve">							Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować proste urządzenie mechaniczne stacjonarne realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.						</w:t>
+        <w:t xml:space="preserve">							Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.						</w:t>
+        <w:t xml:space="preserve">							Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.						</w:t>
+        <w:t xml:space="preserve">							Potrafi wykorzystywać systemy wspomagania projektowania typu CAD/CAE na wszystkich etapach projektowania.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
+        <w:t xml:space="preserve">MiBM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu obrotowe połączenie sworzniowe oraz jest w stanie zaproponować podparcie na łożyskach różnego typu o odpowiedniej trwałości i sprawności, właściwie osadzonych i zabezpieczonych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1488,302 +1698,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu obrotowe połączenie sworzniowe oraz jest w stanie zaproponować podparcie na łożyskach różnego typu o odpowiedniej trwałości i sprawności, właściwie osadzonych i zabezpieczonych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U16</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>