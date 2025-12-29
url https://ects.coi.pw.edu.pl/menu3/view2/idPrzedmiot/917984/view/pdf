--- v1 (2025-11-30)
+++ v2 (2025-12-29)
@@ -969,50 +969,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste urządzenie mechaniczne stacjonarne realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK463A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować proste urządzenie mechaniczne stacjonarne realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1110,190 +1250,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>