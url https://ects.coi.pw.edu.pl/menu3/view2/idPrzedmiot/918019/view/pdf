--- v1 (2026-02-02)
+++ v2 (2026-02-28)
@@ -1888,50 +1888,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS632_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi zaprojektować i wykorzystać płat z profilem wysoko-nośnym do poprawy charakterystyk jezdnych pojazdu. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1987,58 +2057,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS632_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS632_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi zaprojektować i wykorzystać płat z profilem wysoko-nośnym do poprawy charakterystyk jezdnych pojazdu. 																																			</w:t>
+        <w:t xml:space="preserve">														Potrafi wykorzystać informacje o własnościach opony do poprawy własności jezdnych pojazdu. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2098,51 +2168,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2168,51 +2238,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U16</w:t>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2238,121 +2308,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS632_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS632_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi wykorzystać informacje o własnościach opony do poprawy własności jezdnych pojazdu. 																												</w:t>
+        <w:t xml:space="preserve">																					Potrafi wykorzystać zasady kształtowania charakterystyk aerodynamicznych pojazdów do uzyskania pożądanych i poprawy własności jezdnych pojazdu. 																																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U21</w:t>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2449,120 +2519,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>