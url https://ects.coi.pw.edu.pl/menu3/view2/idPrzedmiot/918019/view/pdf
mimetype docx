--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -2378,401 +2378,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS632_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi wykorzystać zasady kształtowania charakterystyk aerodynamicznych pojazdów do uzyskania pożądanych i poprawy własności jezdnych pojazdu. 																																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS632_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi wykorzystać zasady kształtowania charakterystyk aerodynamicznych pojazdów do uzyskania pożądanych i poprawy własności jezdnych pojazdu. 																																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS632_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS632_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi wykorzystać zasady kształtowania charakterystyk aerodynamicznych pojazdów do uzyskania pożądanych i poprawy własności jezdnych pojazdu. 																																		</w:t>
+        <w:t xml:space="preserve">														Potrafi wykorzystać zasady wytwarzania efektu przyziemnego do zaprojektowania nadwozia o lepszych charakterystykach jezdnych. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS632_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi wykorzystać zasady wytwarzania efektu przyziemnego do zaprojektowania nadwozia o lepszych charakterystykach jezdnych. 																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS632_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS632_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi wykorzystać zasady kształtowania charakterystyk aerodynamicznych pojazdów do uzyskania pożądanych i poprawy własności jezdnych pojazdu. 																																		</w:t>
+        <w:t xml:space="preserve">														Potrafi wykorzystać zasady wytwarzania efektu przyziemnego do zaprojektowania nadwozia o lepszych charakterystykach jezdnych. 																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>