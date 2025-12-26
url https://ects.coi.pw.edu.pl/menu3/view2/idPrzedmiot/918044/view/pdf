--- v0 (2025-10-06)
+++ v1 (2025-12-26)
@@ -953,50 +953,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym, aspekcie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1024,120 +1094,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>