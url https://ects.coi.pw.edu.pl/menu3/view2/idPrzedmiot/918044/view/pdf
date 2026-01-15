--- v1 (2025-12-26)
+++ v2 (2026-01-15)
@@ -953,481 +953,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym, aspekcie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym, aspekcie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym, aspekcie.</w:t>
+        <w:t xml:space="preserve">Potrafi przedstawić na piśmie efekty swojej pracy w formie krótkiego sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi w krótki i jasny sposób przedstawić wyniki swojej poracy w formie wypowiedzi ustnej w trakcie kilkuosobowego spotkania </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ustna prezentacja opracowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EK1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie potrzebą samodoskonalenia się w celu lepszego opanowania wiedzy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U10</w:t>
+        <w:t xml:space="preserve">M1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EK1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym, aspekcie.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebą samodoskonalenia się w celu lepszego opanowania wiedzy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U11</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_K01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>