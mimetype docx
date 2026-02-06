--- v2 (2026-01-15)
+++ v3 (2026-02-06)
@@ -743,191 +743,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyszukiwać w dostępnych źródłach wiedzę w zakresie mechaniki i budowy maszyn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyszukiwać w dostępnych źródłach wiedzę w zakresie mechaniki i budowy maszyn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyszukiwać w dostępnych źródłach wiedzę w zakresie mechaniki i budowy maszyn.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym, aspekcie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U05</w:t>
+        <w:t xml:space="preserve">M1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyszukiwać w dostępnych źródłach wiedzę w zakresie mechaniki i budowy maszyn.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym, aspekcie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U07</w:t>
+        <w:t xml:space="preserve">M1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -953,481 +1093,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U10</w:t>
+        <w:t xml:space="preserve">M1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym, aspekcie.</w:t>
+        <w:t xml:space="preserve">Potrafi przedstawić na piśmie efekty swojej pracy w formie krótkiego sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi w krótki i jasny sposób przedstawić wyniki swojej poracy w formie wypowiedzi ustnej w trakcie kilkuosobowego spotkania </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ustna prezentacja opracowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EK1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie potrzebą samodoskonalenia się w celu lepszego opanowania wiedzy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U11</w:t>
+        <w:t xml:space="preserve">M1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EK1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym, aspekcie.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebą samodoskonalenia się w celu lepszego opanowania wiedzy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U20</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_K06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>