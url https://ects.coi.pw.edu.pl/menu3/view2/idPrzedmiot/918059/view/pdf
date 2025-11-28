--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -1739,191 +1739,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać proces skalowania czujnika pomiarowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać proces skalowania czujnika pomiarowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U08</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>