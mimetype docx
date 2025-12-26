--- v1 (2025-11-28)
+++ v2 (2025-12-26)
@@ -889,157 +889,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników pomiarów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników pomiarów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1050,880 +1260,670 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Kolokwium, Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W09</w:t>
+        <w:t xml:space="preserve">M1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników pomiarów</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Kolokwium, Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W01</w:t>
+        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników pomiarów</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Kolokwium, Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W07</w:t>
+        <w:t xml:space="preserve">M1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu</w:t>
+        <w:t xml:space="preserve">Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, Laboratorium</w:t>
+        <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu</w:t>
+        <w:t xml:space="preserve">Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, Laboratorium</w:t>
+        <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U09</w:t>
+        <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego procesu</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać proces skalowania czujnika pomiarowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, Laboratorium</w:t>
+        <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U12</w:t>
+        <w:t xml:space="preserve">M1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać proces skalowania czujnika pomiarowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U01</w:t>
+        <w:t xml:space="preserve">M1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać proces skalowania czujnika pomiarowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U08</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>