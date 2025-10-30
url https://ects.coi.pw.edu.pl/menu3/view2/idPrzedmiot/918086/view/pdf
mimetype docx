--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -700,50 +700,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną  wiedzę  na temat stosowanych w dziedzinie inżynierii mechanicznej w przemyśle systemów CAD i zintegrowanych Systemów CAD/CAM/CAE o różnym stopniu zaawansowania w tym  znajomość ich przeznaczenia, struktury, możliwości i sposobu działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena prac wykonywanych przez studenta w ramach laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną i ugruntowaną wiedzę na temat co najmniej jednego z trzech nowoczesnych, zaawansowanych, zintegrowanych systemów CAD/CAM/CAE (NX-Unigraphics, CATIA, ProEngineer-CREO), w tym: na temat jego budowy, przeznaczenia poszczególnych modułów stosowanych w inżynierii mechanicznej, możliwości i koncepcji użytkowania. W szczególności posiada podstawową wiedzę na temat możliwości wykorzystania wybranego systemu do wykonywania wirtualnych modeli 3D złożeń i ich elementów składowych oraz ich dokumentacji technicznej 2D.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prac wykonywanych przez studenta w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -841,120 +911,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną i ugruntowaną wiedzę na temat co najmniej jednego z trzech nowoczesnych, zaawansowanych, zintegrowanych systemów CAD/CAM/CAE (NX-Unigraphics, CATIA, ProEngineer-CREO), w tym: na temat jego budowy, przeznaczenia poszczególnych modułów stosowanych w inżynierii mechanicznej, możliwości i koncepcji użytkowania. W szczególności posiada podstawową wiedzę na temat możliwości wykorzystania wybranego systemu do wykonywania wirtualnych modeli 3D złożeń i ich elementów składowych oraz ich dokumentacji technicznej 2D.</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Posiada uporządkowaną  wiedzę  na temat stosowanych w dziedzinie inżynierii mechanicznej w przemyśle systemów CAD i zintegrowanych Systemów CAD/CAM/CAE o różnym stopniu zaawansowania w tym  znajomość ich przeznaczenia, struktury, możliwości i sposobu działania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prac wykonywanych przez studenta w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>