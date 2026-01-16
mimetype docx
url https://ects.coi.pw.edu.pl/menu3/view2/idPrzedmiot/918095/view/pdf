--- v0 (2025-11-29)
+++ v1 (2026-01-16)
@@ -888,551 +888,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości sygnałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości sygnałów</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W05</w:t>
+        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów</w:t>
+        <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr2</w:t>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów</w:t>
+        <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr2</w:t>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W05</w:t>
+        <w:t xml:space="preserve">M1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U11</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>