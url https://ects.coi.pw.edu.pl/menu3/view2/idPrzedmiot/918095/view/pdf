--- v1 (2026-01-16)
+++ v2 (2026-03-13)
@@ -888,1181 +888,1181 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości sygnałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości sygnałów</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów</w:t>
+        <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe właściwości systemu na podstawie jego modelu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe właściwości systemu na podstawie jego modelu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe właściwości systemu na podstawie jego modelu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi rozróżnić podstawowe typy sygnałów i określić ich główne parametry</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1 i 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi rozróżnić podstawowe typy sygnałów i określić ich główne parametry</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1 i 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi rozróżnić podstawowe typy sygnałów i określić ich główne parametry</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr1 i 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać analizę przejścia sygnału przez system liniowy stacjonarny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat transmisji i przetwarzania sygnałów</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę przejścia sygnału przez system liniowy stacjonarny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W05</w:t>
+        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zapisać model typowego systemu w postaci równań stanu i transmitancji</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę przejścia sygnału przez system liniowy stacjonarny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr1</w:t>
+        <w:t xml:space="preserve">Kolokwium nr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U09</w:t>
-      </w:r>
-[...838 lines deleted...]
-        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>