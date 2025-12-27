--- v0 (2025-10-29)
+++ v1 (2025-12-27)
@@ -764,227 +764,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat sposobów pomiaru temperatury, prędkości i ciśnienia w warunkach ustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat sposobów pomiaru temperatury, prędkości i ciśnienia w warunkach ustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.</w:t>
+        <w:t xml:space="preserve"> Zna metody wizualizacji pól temperatury i prędkości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
+        <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Zna metody wizualizacji pól temperatury i prędkości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Zna metody wizualizacji pól temperatury i prędkości.</w:t>
+        <w:t xml:space="preserve">Rozumie ogólne zasady wykonywania pomiarów cieplnych w stanie ustalonym i nieustalonym. Zna podstawowe metody i przyrządy stosowane w badaniach wymiany ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Zna metody wizualizacji pól temperatury i prędkości.</w:t>
+        <w:t xml:space="preserve">Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -995,1160 +1135,1020 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie ogólne zasady wykonywania pomiarów cieplnych w stanie ustalonym i nieustalonym. Zna podstawowe metody i przyrządy stosowane w badaniach wymiany ciepła.</w:t>
+        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.</w:t>
+        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Jest w stanie dokonać wizualizacji powierzchniowej i objętościowej podczas opływu ciała. Potrafi zinterpretować uzyskane wyniki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Jest w stanie dokonać wizualizacji powierzchniowej i objętościowej podczas opływu ciała. Potrafi zinterpretować uzyskane wyniki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność, posługując się arkuszem kalkulacyjnym, przeliczenia danych uzyskanych podczas pomiarów oraz sporządzenia wykresów. Potrafi zinterpretować uzyskane wyniki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+        <w:t xml:space="preserve">Posiada umiejętność, posługując się arkuszem kalkulacyjnym, przeliczenia danych uzyskanych podczas pomiarów oraz sporządzenia wykresów. Potrafi zinterpretować uzyskane wyniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+        <w:t xml:space="preserve">	Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U07</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>