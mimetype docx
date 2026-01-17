--- v1 (2025-12-27)
+++ v2 (2026-01-17)
@@ -764,121 +764,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat sposobów pomiaru temperatury, prędkości i ciśnienia w warunkach ustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>