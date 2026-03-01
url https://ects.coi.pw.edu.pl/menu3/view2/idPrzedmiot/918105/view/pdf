--- v2 (2026-01-17)
+++ v3 (2026-03-01)
@@ -1474,191 +1474,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>