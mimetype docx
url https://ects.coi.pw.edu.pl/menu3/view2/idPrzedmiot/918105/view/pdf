--- v3 (2026-03-01)
+++ v4 (2026-03-22)
@@ -1194,87 +1194,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1293,128 +1433,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U12</w:t>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1474,191 +1614,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>