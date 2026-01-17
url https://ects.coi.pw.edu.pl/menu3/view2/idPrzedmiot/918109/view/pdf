--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -961,50 +961,470 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1102,470 +1522,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>