--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -741,50 +741,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Posiada zaawansowaną wiedzę dotyczącą zagadnień inżynierskich w zakresie mechaniki i budowy maszyn odpowiednią dla danej specjalizacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -832,130 +902,130 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Posiada zaawansowaną wiedzę dotyczącą zagadnień inżynierskich w zakresie mechaniki i budowy maszyn odpowiednią dla danej specjalizacji.</w:t>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W09</w:t>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1452,120 +1522,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U19</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>