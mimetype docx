--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -741,191 +741,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Posiada zaawansowaną wiedzę dotyczącą zagadnień inżynierskich w zakresie mechaniki i budowy maszyn odpowiednią dla danej specjalizacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Posiada zaawansowaną wiedzę dotyczącą zagadnień inżynierskich w zakresie mechaniki i budowy maszyn odpowiednią dla danej specjalizacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>