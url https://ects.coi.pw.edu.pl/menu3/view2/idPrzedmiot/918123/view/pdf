--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1018,50 +1018,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna charakterystyczne cechy przepływu z tarciem lub wymiana ciepła przewodem o stałym przekroju.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1117,58 +1187,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna charakterystyczne cechy przepływu z tarciem lub wymiana ciepła przewodem o stałym przekroju.																					</w:t>
+        <w:t xml:space="preserve">														Zna sposoby modelowania jednowymiarowego przepływu nieustalonego płynu ściśliwego.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1228,157 +1298,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna sposoby modelowania przepływu w szczelinach łożysk ślizgowych																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna sposoby modelowania jednowymiarowego przepływu nieustalonego płynu ściśliwego.																												</w:t>
+        <w:t xml:space="preserve">							Zna sposoby modelowania przepływu w szczelinach łożysk ślizgowych																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna sposoby modelowania przepływu w szczelinach łożysk ślizgowych																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna sposoby modelowania przepływu w szczelinach łożysk ślizgowych																					</w:t>
+        <w:t xml:space="preserve">							Zna podstawy turbulencji przepływów.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1397,58 +1607,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna sposoby modelowania przepływu w szczelinach łożysk ślizgowych																					</w:t>
+        <w:t xml:space="preserve">							Zna podstawy turbulencji przepływów.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1467,58 +1677,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna sposoby modelowania przepływu w szczelinach łożysk ślizgowych																					</w:t>
+        <w:t xml:space="preserve">							Zna podstawy turbulencji przepływów.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1529,390 +1739,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy turbulencji przepływów.																					</w:t>
+        <w:t xml:space="preserve">																					Potrafi obliczyć przepływy przez dysze zbieżne i zbieżno-rozbieżne.																																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03</w:t>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy turbulencji przepływów.																					</w:t>
+        <w:t xml:space="preserve">																					Potrafi obliczyć przepływy przez dysze zbieżne i zbieżno-rozbieżne.																																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W04</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>