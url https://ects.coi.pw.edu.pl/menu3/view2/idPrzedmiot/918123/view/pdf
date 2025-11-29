--- v1 (2025-10-29)
+++ v2 (2025-11-29)
@@ -1798,121 +1798,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi obliczyć przepływy przez dysze zbieżne i zbieżno-rozbieżne.																																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>