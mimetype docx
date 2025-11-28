--- v0 (2025-10-29)
+++ v1 (2025-11-28)
@@ -797,51 +797,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W16, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>