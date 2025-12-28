--- v1 (2025-11-28)
+++ v2 (2025-12-28)
@@ -797,51 +797,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W16</w:t>
+        <w:t xml:space="preserve">IS_W16, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -894,51 +894,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06, IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>