--- v2 (2025-12-28)
+++ v3 (2026-01-20)
@@ -797,67 +797,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W16, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -894,51 +894,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06, IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>