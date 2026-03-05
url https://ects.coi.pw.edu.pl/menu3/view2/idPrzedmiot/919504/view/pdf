--- v3 (2026-01-20)
+++ v4 (2026-03-05)
@@ -797,67 +797,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W16</w:t>
+        <w:t xml:space="preserve">IS_W16, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>