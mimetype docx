--- v0 (2025-10-31)
+++ v1 (2025-11-29)
@@ -919,51 +919,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W02, IS_W08, IS_W12, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach zmian w projektowaniu instalacji gazowych wynikających ze zmian w obowiązujących przepisach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1123,417 +1123,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U09</w:t>
+        <w:t xml:space="preserve">IS_U09, IS_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt instalacji gazowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Samodzielne wykonanie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt instalacji gazowej.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować procesy fizyczne w projektowaniu instalacji gazowych - przy obliczeniu odzysku ciśnienia, strat ciśnienia na oporach liniowych i miejscowych itp..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Samodzielne wykonanie projektu</w:t>
+        <w:t xml:space="preserve">: Samodzielne wykonanie projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować procesy fizyczne w projektowaniu instalacji gazowych - przy obliczeniu odzysku ciśnienia, strat ciśnienia na oporach liniowych i miejscowych itp..</w:t>
+        <w:t xml:space="preserve">Potrafi projektować elementy instalacji gazowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">: Samodzielne wykonanie projektu </w:t>
+        <w:t xml:space="preserve">Samodzielne wykonanie projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi projektować elementy instalacji gazowej.</w:t>
+        <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na wykonanie instalacji gazowej oraz dobrać typowe urządzenia stosowane w instalacjach gazowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Samodzielne wykonanie projektu </w:t>
+        <w:t xml:space="preserve">Samodzielne wykonanie projektu, zaliczenie wykładów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na wykonanie instalacji gazowej oraz dobrać typowe urządzenia stosowane w instalacjach gazowych.</w:t>
+        <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą stosowaną w opisie zjawisk zachodzących w procesach typowych dla gazownictwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Samodzielne wykonanie projektu, zaliczenie wykładów. </w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>