--- v1 (2025-11-29)
+++ v2 (2026-01-20)
@@ -1123,67 +1123,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U09, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt instalacji gazowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1489,51 +1489,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>