--- v2 (2026-01-20)
+++ v3 (2026-02-12)
@@ -903,67 +903,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu instalacji gazowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W02, IS_W08, IS_W12, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W19, IS_W02, IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach zmian w projektowaniu instalacji gazowych wynikających ze zmian w obowiązujących przepisach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1139,51 +1139,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U03, IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt instalacji gazowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1489,51 +1489,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>