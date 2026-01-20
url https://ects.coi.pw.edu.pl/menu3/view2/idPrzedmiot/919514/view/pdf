--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -830,51 +830,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów inżynierskiego oprogramowania przy doborze urządzeń w sieciach i instalacjach COWiG, lub wod-kan, lub inżynierii wodnej, lub w atmosferze lub wykorzystanie pakietów GIS do doboru lokalizacji inwestycji oraz gospodarowania zasobami wodnymi .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>