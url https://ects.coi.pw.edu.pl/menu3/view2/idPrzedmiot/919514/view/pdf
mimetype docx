--- v1 (2026-01-20)
+++ v2 (2026-02-12)
@@ -1120,51 +1120,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>