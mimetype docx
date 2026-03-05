--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -980,191 +980,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać typowe urządzenia stosowane w ciepłownictwie, lub ogrzewnictwie, lub klimatyzacji lub gazownictwie, lub systemach wodociągowych i kanalizacyjnych, lub w inżynierii wodnej, lub w gromadzeniu, transporcie, odzysku i unieszkodliwianiu odpadów oraz utrzymaniu czystości na terenach zurbanizowanych, lub bioinżynierii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Konsekwentnie realizowany projekt na wszystkich zajęciach i monitorowanie jego postępów oraz projekt końcowy wykonany w systemach wspomagania projektowania CAD i aplikacjach specjalistycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać typowe urządzenia stosowane w ciepłownictwie, lub ogrzewnictwie, lub klimatyzacji lub gazownictwie, lub systemach wodociągowych i kanalizacyjnych, lub w inżynierii wodnej, lub w gromadzeniu, transporcie, odzysku i unieszkodliwianiu odpadów oraz utrzymaniu czystości na terenach zurbanizowanych, lub bioinżynierii.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować instalacje lub , lub układy automatycznej regulacji w zakresie: kształtowania wymaganej jakości powietrza wewnętrznego, lub wytwarzania i transportu ciepła, lub gazu, lub uzdatniania wody i oczyszczania ścieków, lub zagospodarowania odpadów, stosując właściwe narzędzia do wspomagania projektowania lub grafiki inżynierskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Konsekwentnie realizowany projekt na wszystkich zajęciach i monitorowanie jego postępów oraz projekt końcowy wykonany w systemach wspomagania projektowania CAD i aplikacjach specjalistycznych.</w:t>
+        <w:t xml:space="preserve">Konsekwentnie realizowany projekt na wszystkich zajęciach i monitorowanie jego postępów oraz projekt końcowy wykonany w systemach wspomagania projektowania CAD i aplikacjach specjalistycznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>