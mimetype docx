--- v0 (2025-10-30)
+++ v1 (2025-11-28)
@@ -1027,67 +1027,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W19, IS_W09, IS_W12, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W13, IS_W14, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i eksploatacji sprężarkowych pomp ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1237,51 +1237,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1403,191 +1403,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać obliczenia cieplne i hydrauliczne sprężarkowego urządzenia chłodniczego, przeprowadzić dobór powierzchni wymienników ciepła, dobór stężenia chłodziwa oraz zaprojektować rurociągi urządzeń chłodniczych, a także określić charakterystykę statyczną sprężarki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U02, IS_U05, IS_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U13, IS_U02, IS_U05, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować najważniejsze elementy urządzeń chłodniczych stosowanych w instalacjach klimatyzacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>