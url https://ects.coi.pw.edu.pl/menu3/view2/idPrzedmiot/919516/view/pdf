--- v1 (2025-11-28)
+++ v2 (2025-12-28)
@@ -903,981 +903,981 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W14, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i obliczeń projektowych absorpcyjnych (amoniakalnych i bromolitowych) urządzeń chłodniczych stosowanych w systemach klimatyzacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W13, IS_W14, IS_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i obliczeń projektowych absorpcyjnych (amoniakalnych i bromolitowych) urządzeń chłodniczych stosowanych w systemach klimatyzacyjnych.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i eksploatacji sprężarkowych pomp ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W19, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W07, IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym i absorpcyjnych urządzeniu chłodniczym oraz pompie ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">kolokwium z ćwiczeń, zaliczenie pisemne wykładów, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W13, IS_W14, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i eksploatacji sprężarkowych pomp ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia dotyczące sprężarkowych i absorpcyjnych obiegów chłodniczych, wykorzystując do tego prawa i wzory z termodynamiki, mechaniki płynów i wymiany ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie pisemne wykładów, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych, projekt, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać obliczenia cieplne i hydrauliczne sprężarkowego urządzenia chłodniczego, przeprowadzić dobór powierzchni wymienników ciepła, dobór stężenia chłodziwa oraz zaprojektować rurociągi urządzeń chłodniczych, a także określić charakterystykę statyczną sprężarki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U19, IS_U02, IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U02, IS_U05, IS_U07, IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować najważniejsze elementy urządzeń chłodniczych stosowanych w instalacjach klimatyzacyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium z ćwiczeń, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji polegających m.in. na śledzeniu postępów techniki w celu wykorzystania ich w praktyce zawodowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna dyskusja w ramach ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma świadomość zagrożeń, jakie może nieść ze sobą nieprawidłowe działanie inżynierskie </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna dyskusja w ramach ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma świadomość wpływu instalacji chłodniczych (czynników chłodniczych) na środowisko</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, III.P6S_WG</w:t>
-[...649 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">