--- v2 (2025-12-28)
+++ v3 (2026-02-13)
@@ -763,1121 +763,1121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat zasady działania obiegów termodynamicznych dla urządzeń sprężarkowych i absorpcyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat zasady działania obiegów termodynamicznych dla urządzeń sprężarkowych i absorpcyjnych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy sprężarkowych urządzeń chłodniczych stosowanych w systemach klimatyzacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych</w:t>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W14, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i obliczeń projektowych absorpcyjnych (amoniakalnych i bromolitowych) urządzeń chłodniczych stosowanych w systemach klimatyzacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy sprężarkowych urządzeń chłodniczych stosowanych w systemach klimatyzacyjnych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W14, IS_W19, IS_W09, IS_W12, IS_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i eksploatacji sprężarkowych pomp ciepła</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W14, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i obliczeń projektowych absorpcyjnych (amoniakalnych i bromolitowych) urządzeń chłodniczych stosowanych w systemach klimatyzacyjnych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W07, IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym i absorpcyjnych urządzeniu chłodniczym oraz pompie ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">kolokwium z ćwiczeń, zaliczenie pisemne wykładów, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W13, IS_W14, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i eksploatacji sprężarkowych pomp ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia dotyczące sprężarkowych i absorpcyjnych obiegów chłodniczych, wykorzystując do tego prawa i wzory z termodynamiki, mechaniki płynów i wymiany ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie pisemne wykładów, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych, projekt, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W19, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju urządzeń chłodniczych pod kątem ograniczania zużycia energii i możliwości ich zastosowania, a także nowych technologii stosowanych w ich elementach składowych, takich jak wymienniki ciepła, sprężarki, zawory rozprężne, itp</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać obliczenia cieplne i hydrauliczne sprężarkowego urządzenia chłodniczego, przeprowadzić dobór powierzchni wymienników ciepła, dobór stężenia chłodziwa oraz zaprojektować rurociągi urządzeń chłodniczych, a także określić charakterystykę statyczną sprężarki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U02, IS_U05, IS_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U02, IS_U05, IS_U07, IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować najważniejsze elementy urządzeń chłodniczych stosowanych w instalacjach klimatyzacyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium z ćwiczeń, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji polegających m.in. na śledzeniu postępów techniki w celu wykorzystania ich w praktyce zawodowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna dyskusja w ramach ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma świadomość zagrożeń, jakie może nieść ze sobą nieprawidłowe działanie inżynierskie </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna dyskusja w ramach ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma świadomość wpływu instalacji chłodniczych (czynników chłodniczych) na środowisko</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, III.P6S_WG</w:t>
-[...578 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">