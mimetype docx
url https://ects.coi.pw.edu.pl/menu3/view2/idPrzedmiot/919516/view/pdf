--- v3 (2026-02-13)
+++ v4 (2026-03-05)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat zasady działania obiegów termodynamicznych dla urządzeń sprężarkowych i absorpcyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,51 +1043,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W14, IS_W19, IS_W09, IS_W12, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i eksploatacji sprężarkowych pomp ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1403,341 +1403,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać obliczenia cieplne i hydrauliczne sprężarkowego urządzenia chłodniczego, przeprowadzić dobór powierzchni wymienników ciepła, dobór stężenia chłodziwa oraz zaprojektować rurociągi urządzeń chłodniczych, a także określić charakterystykę statyczną sprężarki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U02, IS_U05, IS_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać obliczenia cieplne i hydrauliczne sprężarkowego urządzenia chłodniczego, przeprowadzić dobór powierzchni wymienników ciepła, dobór stężenia chłodziwa oraz zaprojektować rurociągi urządzeń chłodniczych, a także określić charakterystykę statyczną sprężarki</w:t>
+        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U05, IS_U19</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U05, IS_U07, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować najważniejsze elementy urządzeń chłodniczych stosowanych w instalacjach klimatyzacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt sprężarkowego urządzenia chłodniczego</w:t>
+        <w:t xml:space="preserve">kolokwium z ćwiczeń, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U05, IS_U07, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować najważniejsze elementy urządzeń chłodniczych stosowanych w instalacjach klimatyzacyjnych</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji polegających m.in. na śledzeniu postępów techniki w celu wykorzystania ich w praktyce zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium z ćwiczeń, projekt</w:t>
+        <w:t xml:space="preserve">ustna dyskusja w ramach ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość zagrożeń, jakie może nieść ze sobą nieprawidłowe działanie inżynierskie </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>