--- v0 (2025-10-29)
+++ v1 (2025-11-28)
@@ -1120,51 +1120,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1270,51 +1270,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>