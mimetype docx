--- v1 (2025-11-28)
+++ v2 (2025-12-28)
@@ -830,51 +830,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu właściwości fizycznych, mechanicznych i eksploatacyjnych materiałów stosowanych w instalacjach wodociągowych i kanalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1120,51 +1120,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>