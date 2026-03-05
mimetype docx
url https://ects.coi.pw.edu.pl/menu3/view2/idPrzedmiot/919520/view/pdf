--- v2 (2025-12-28)
+++ v3 (2026-03-05)
@@ -830,51 +830,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu właściwości fizycznych, mechanicznych i eksploatacyjnych materiałów stosowanych w instalacjach wodociągowych i kanalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>