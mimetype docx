--- v3 (2026-03-05)
+++ v4 (2026-03-27)
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>