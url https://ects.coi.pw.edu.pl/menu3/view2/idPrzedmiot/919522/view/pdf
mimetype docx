--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w zależności od profilu przedsiębiorstwa, w którym odbywa praktyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>