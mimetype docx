--- v1 (2025-12-28)
+++ v2 (2026-01-20)
@@ -956,67 +956,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U05, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi w sposób innowacyjny wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>