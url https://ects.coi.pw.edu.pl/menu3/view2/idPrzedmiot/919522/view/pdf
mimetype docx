--- v2 (2026-01-20)
+++ v3 (2026-02-13)
@@ -956,207 +956,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U05, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi w sposób innowacyjny wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii środowiska. Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U21, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>