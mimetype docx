--- v3 (2026-02-13)
+++ v4 (2026-03-08)
@@ -956,207 +956,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U21, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi w sposób innowacyjny wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii środowiska. Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U18, IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>