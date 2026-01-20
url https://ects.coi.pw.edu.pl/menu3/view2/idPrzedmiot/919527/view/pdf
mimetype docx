--- v0 (2025-12-28)
+++ v1 (2026-01-20)
@@ -830,51 +830,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat zasad wymiarowania i obliczania sieci przewodów wentylacyjnych, zna zasady doboru prędkości w sieci przewodów, zasadę obliczania liniowych i miejscowych strat ciśnienia, zna budowę i charakterystykę pracy wentylatorów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -884,417 +884,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń przygotowania powietrza w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji i zasady działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń przygotowania powietrza w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji i zasady działania.</w:t>
+        <w:t xml:space="preserve">Zna pojęcia i wielkości stosowane w obliczeniach akustycznych układów wentylacyjnych, rozumie procedurę obliczeń i doboru elementów tłumiących, zna właściwości akustyczne poszczególnych elementów instalacji i pomieszczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat elementów regulacyjnych i zabezpieczających w instalacjach wentylacyjnych i klimatyzacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowana wiedzę na temat budowy i zasady działania systemów ze zmienną ilością powietrza VAV, na temat elementów składowych systemu i ich zasady działania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>