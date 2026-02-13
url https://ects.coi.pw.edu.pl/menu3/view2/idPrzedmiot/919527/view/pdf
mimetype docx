--- v1 (2026-01-20)
+++ v2 (2026-02-13)
@@ -744,557 +744,557 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę w zakresie zasad organizowania rozdziału powietrza w pomieszczeniu, zna podstawowe parametry charakteryzujące prace elementów nawiewnych, zna stosowane typy elementów nawiewnych, ich konstrukcję i zasadę działania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat zasad wymiarowania i obliczania sieci przewodów wentylacyjnych, zna zasady doboru prędkości w sieci przewodów, zasadę obliczania liniowych i miejscowych strat ciśnienia, zna budowę i charakterystykę pracy wentylatorów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń przygotowania powietrza w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji i zasady działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę w zakresie zasad organizowania rozdziału powietrza w pomieszczeniu, zna podstawowe parametry charakteryzujące prace elementów nawiewnych, zna stosowane typy elementów nawiewnych, ich konstrukcję i zasadę działania</w:t>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat zasad wymiarowania i obliczania sieci przewodów wentylacyjnych, zna zasady doboru prędkości w sieci przewodów, zasadę obliczania liniowych i miejscowych strat ciśnienia, zna budowę i charakterystykę pracy wentylatorów </w:t>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcia i wielkości stosowane w obliczeniach akustycznych układów wentylacyjnych, rozumie procedurę obliczeń i doboru elementów tłumiących, zna właściwości akustyczne poszczególnych elementów instalacji i pomieszczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat elementów regulacyjnych i zabezpieczających w instalacjach wentylacyjnych i klimatyzacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W12, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-[...349 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowana wiedzę na temat budowy i zasady działania systemów ze zmienną ilością powietrza VAV, na temat elementów składowych systemu i ich zasady działania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>