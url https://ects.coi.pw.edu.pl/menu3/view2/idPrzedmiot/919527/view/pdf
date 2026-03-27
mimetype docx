--- v2 (2026-02-13)
+++ v3 (2026-03-27)
@@ -1094,207 +1094,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcia i wielkości stosowane w obliczeniach akustycznych układów wentylacyjnych, rozumie procedurę obliczeń i doboru elementów tłumiących, zna właściwości akustyczne poszczególnych elementów instalacji i pomieszczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcia i wielkości stosowane w obliczeniach akustycznych układów wentylacyjnych, rozumie procedurę obliczeń i doboru elementów tłumiących, zna właściwości akustyczne poszczególnych elementów instalacji i pomieszczenia.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat elementów regulacyjnych i zabezpieczających w instalacjach wentylacyjnych i klimatyzacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowana wiedzę na temat budowy i zasady działania systemów ze zmienną ilością powietrza VAV, na temat elementów składowych systemu i ich zasady działania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>