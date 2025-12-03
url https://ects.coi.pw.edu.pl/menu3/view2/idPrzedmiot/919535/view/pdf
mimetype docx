--- v0 (2025-11-01)
+++ v1 (2025-12-03)
@@ -1222,621 +1222,621 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać typowe urządzenia stosowane w ciepłownictwie, ogrzewnic-twie, klimatyzacji lub w systemach wodociągowych i kanalizacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować instalacje lub układy automatycznej regulacji w zakresie: kształtowania wymaganej jakości powietrza wewnętrznego, lub uzdatniania wody i oczyszczania ścieków stosując właściwe narzędzia do wspomagania projektowania lub grafiki inżynierskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić wartości skumulowanych wskaźników zużycia energii i zaso-bów naturalnych lub emisji zanieczyszczeń (zna zasady inżynierii zrównowa-żonego rozwoju), w ciepłownictwie, ogrzewnictwie, klimatyzacji, lub wskaź-ników zapotrzebowania i zużycia wody oraz ilości ścieków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi prowadzić metodami matematycznymi analizy porównawcze rożnych rozwiązań technologicznych z zakresu ciepłownictwa, ogrzewnictwa, klimatyzacji, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać typowe urządzenia stosowane w ciepłownictwie, ogrzewnic-twie, klimatyzacji lub w systemach wodociągowych i kanalizacyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować instalacje lub układy automatycznej regulacji w zakresie: kształtowania wymaganej jakości powietrza wewnętrznego, lub uzdatniania wody i oczyszczania ścieków stosując właściwe narzędzia do wspomagania projektowania lub grafiki inżynierskiej.</w:t>
+        <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu ogrzewcze-go, lub klimatyzacyjnego, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić wartości skumulowanych wskaźników zużycia energii i zaso-bów naturalnych lub emisji zanieczyszczeń (zna zasady inżynierii zrównowa-żonego rozwoju), w ciepłownictwie, ogrzewnictwie, klimatyzacji, lub wskaź-ników zapotrzebowania i zużycia wody oraz ilości ścieków.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania sie i podnoszenia kompetencji zawodowych i osobistych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U09</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić metodami matematycznymi analizy porównawcze rożnych rozwiązań technologicznych z zakresu ciepłownictwa, ogrzewnictwa, klimatyzacji, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
+        <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowie-dzialności za podejmowane decyzje i realizowane zadania indywidualnie i zespołowo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej. Potrafi przekazać informacje techniczne w sposób powszechnie zrozumiały, posiada umiejętność przygotowania wystąpień ustnych, w języku polskim i języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>