--- v1 (2025-12-03)
+++ v2 (2025-12-28)
@@ -1502,51 +1502,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>