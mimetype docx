--- v2 (2025-12-28)
+++ v3 (2026-01-20)
@@ -1432,51 +1432,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić metodami matematycznymi analizy porównawcze rożnych rozwiązań technologicznych z zakresu ciepłownictwa, ogrzewnictwa, klimatyzacji, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>