--- v3 (2026-01-20)
+++ v4 (2026-02-13)
@@ -1432,121 +1432,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi prowadzić metodami matematycznymi analizy porównawcze rożnych rozwiązań technologicznych z zakresu ciepłownictwa, ogrzewnictwa, klimatyzacji, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>