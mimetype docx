--- v0 (2025-10-30)
+++ v1 (2025-12-03)
@@ -820,51 +820,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze inżynierii środowiska, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>