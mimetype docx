--- v1 (2025-12-03)
+++ v2 (2026-01-20)
@@ -820,51 +820,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze inżynierii środowiska, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -970,51 +970,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi w sposób innowacyjny wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>