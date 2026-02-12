--- v2 (2026-01-20)
+++ v3 (2026-02-12)
@@ -970,191 +970,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi w sposób innowacyjny wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii środowiska. Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>