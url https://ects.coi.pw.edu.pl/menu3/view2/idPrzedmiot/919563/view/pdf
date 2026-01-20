--- v0 (2025-10-30)
+++ v1 (2026-01-20)
@@ -966,67 +966,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprojektować przekrój regulacyjny koryta w oparciu o zadane kryteria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>