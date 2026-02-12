--- v1 (2026-01-20)
+++ v2 (2026-02-12)
@@ -762,51 +762,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zależności zachodzące pomiędzy parametrami opadu a wielkością przepływów maksymalnych w zlewni i sposoby ich ograniczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>