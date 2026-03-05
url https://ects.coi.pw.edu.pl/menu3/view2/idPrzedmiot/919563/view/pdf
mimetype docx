--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -762,51 +762,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zależności zachodzące pomiędzy parametrami opadu a wielkością przepływów maksymalnych w zlewni i sposoby ich ograniczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -912,51 +912,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi posługiwać się prostymi modelami typu „opad-odpływ”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>