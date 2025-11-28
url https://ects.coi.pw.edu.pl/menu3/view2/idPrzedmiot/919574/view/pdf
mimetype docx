--- v0 (2025-10-30)
+++ v1 (2025-11-28)
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, realizacji prostych zadań badawczych w systemach ogrzewczych, lub klimatyzacyjnych, lub gazowych, lub systemach zaopatrzenia w wodę i odprowadzania  ścieków., lub inżynierii wodnej, lub gospodarki odpadami oraz rekultywacji terenów zdegradowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>