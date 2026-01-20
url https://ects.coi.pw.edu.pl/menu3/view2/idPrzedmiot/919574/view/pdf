--- v2 (2025-12-28)
+++ v3 (2026-01-20)
@@ -980,207 +980,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w ciepłownictwie lub ogrzewnictwie, lub klimatyzacji, lub gazownictwie, lub systemach wodociągowych i kanalizacyjnych., lub inżynierii wodnej,   lub gospodarki odpadami i oczyszczania terenów zurbanizowanych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w ciepłownictwie lub ogrzewnictwie, lub klimatyzacji, lub gazownictwie, lub systemach wodociągowych i kanalizacyjnych., lub inżynierii wodnej,   lub gospodarki odpadami i oczyszczania terenów zurbanizowanych. </w:t>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, realizacji prostych zadań badawczych w systemach ogrzewczych, lub klimatyzacyjnych, lub gazowych, lub systemach zaopatrzenia w wodę i odprowadzania  ścieków., lub inżynierii wodnej, lub gospodarki odpadami oraz rekultywacji terenów zdegradowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U19</w:t>
+        <w:t xml:space="preserve">IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>