--- v3 (2026-01-20)
+++ v4 (2026-02-13)
@@ -980,67 +980,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w ciepłownictwie lub ogrzewnictwie, lub klimatyzacji, lub gazownictwie, lub systemach wodociągowych i kanalizacyjnych., lub inżynierii wodnej,   lub gospodarki odpadami i oczyszczania terenów zurbanizowanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>