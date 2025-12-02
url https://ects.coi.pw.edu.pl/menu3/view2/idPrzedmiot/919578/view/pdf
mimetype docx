--- v0 (2025-10-31)
+++ v1 (2025-12-02)
@@ -754,121 +754,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada ogólną wiedzę na temat procesów metabolicznych zachodzących w żywej komórce, w tym sposobów pozyskiwania energii oraz zna przykłady wykorzystania tych procesów w  inżynierii i ochronie środowiska </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą biosfery jako miejsca funkcjonowania ekosystemów naturalnych i poddanych antropopresji oraz struktury ekosystemu, zasady i pojęcia dotyczące obiegu materii i przepływu energii w układach ekologicznych oraz główne cykle biogeochemiczne pierwiastków i podstawowe prawa ekologiczne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>