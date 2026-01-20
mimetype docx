--- v1 (2025-12-02)
+++ v2 (2026-01-20)
@@ -754,51 +754,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ogólną wiedzę na temat procesów metabolicznych zachodzących w żywej komórce, w tym sposobów pozyskiwania energii oraz zna przykłady wykorzystania tych procesów w  inżynierii i ochronie środowiska </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1099,67 +1099,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą biologiczną stosowaną w inżynierii środowiska
  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>