--- v2 (2026-01-20)
+++ v3 (2026-02-12)
@@ -1029,67 +1029,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować wskaźniki zanieczyszczenia wody, gleby, powietrza do projektowania systemów klimatyzacyjnych, zaopatrzenia w wodę i odprowadzania ścieków, gospodarki odpadami i rekultywacji terenów zdegradowanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1099,67 +1099,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą biologiczną stosowaną w inżynierii środowiska
  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>