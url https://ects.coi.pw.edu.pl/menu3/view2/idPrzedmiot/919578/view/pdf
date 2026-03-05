--- v3 (2026-02-12)
+++ v4 (2026-03-05)
@@ -824,51 +824,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą biosfery jako miejsca funkcjonowania ekosystemów naturalnych i poddanych antropopresji oraz struktury ekosystemu, zasady i pojęcia dotyczące obiegu materii i przepływu energii w układach ekologicznych oraz główne cykle biogeochemiczne pierwiastków i podstawowe prawa ekologiczne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1029,67 +1029,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować wskaźniki zanieczyszczenia wody, gleby, powietrza do projektowania systemów klimatyzacyjnych, zaopatrzenia w wodę i odprowadzania ścieków, gospodarki odpadami i rekultywacji terenów zdegradowanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>