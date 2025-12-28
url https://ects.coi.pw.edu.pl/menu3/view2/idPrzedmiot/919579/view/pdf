--- v0 (2025-10-30)
+++ v1 (2025-12-28)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdania z zajęć laboratoryjnych, sprawdziany</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody oceny bioróżnorodności w środowisku i podstawowe prawa ekologiczne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>