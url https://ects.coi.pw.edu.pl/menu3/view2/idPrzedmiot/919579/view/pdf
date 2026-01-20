--- v1 (2025-12-28)
+++ v2 (2026-01-20)
@@ -1041,51 +1041,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U15, IS_U16, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Potrafi zastosować wybrane procesy biologiczne w inżynierii i ochronie środowiska </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>