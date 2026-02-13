--- v2 (2026-01-20)
+++ v3 (2026-02-13)
@@ -955,67 +955,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Potrafi opisać i prawidłowo zinterpretować wybrane procesy biologiczne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1041,51 +1041,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U15, IS_U16, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Potrafi zastosować wybrane procesy biologiczne w inżynierii i ochronie środowiska </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>