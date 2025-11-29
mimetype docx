--- v0 (2025-10-31)
+++ v1 (2025-11-29)
@@ -739,67 +739,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ustna odpowiedź na ćwiczeniach. 
 Sprawdzian pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowana wiedzę z zakresu ekotoksykologii i toksykologii dotyczącą czynników wpływających na toksyczność ksenobiotyków, biotransformacji, mechanizmów działania trucizn, kryteriów oceny szkodliwego oddziaływania substancji chemicznych,oceny ryzyka zdrowotnego wywołanego obecnością substancji chemicznych w środowisku, znaczenia badań ekototoksykologicznych w ochronie zdrowia i ekosystemów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą w opisie zjawisk biologicznych szczególne w aspekcie toksykologicznym, związanych z gospodarką odpadami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>