--- v1 (2025-11-29)
+++ v2 (2025-12-28)
@@ -739,51 +739,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ustna odpowiedź na ćwiczeniach. 
 Sprawdzian pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>