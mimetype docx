--- v2 (2025-12-28)
+++ v3 (2026-01-20)
@@ -755,51 +755,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowana wiedzę z zakresu ekotoksykologii i toksykologii dotyczącą czynników wpływających na toksyczność ksenobiotyków, biotransformacji, mechanizmów działania trucizn, kryteriów oceny szkodliwego oddziaływania substancji chemicznych,oceny ryzyka zdrowotnego wywołanego obecnością substancji chemicznych w środowisku, znaczenia badań ekototoksykologicznych w ochronie zdrowia i ekosystemów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>