--- v0 (2025-10-31)
+++ v1 (2025-12-28)
@@ -912,51 +912,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>