--- v1 (2025-12-28)
+++ v2 (2026-01-12)
@@ -826,137 +826,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie w formie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U11, IS_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć podstawowe charakterystyki granicznej warstwy atmosfery - opracowanie w formie projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opracowanie w formie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>