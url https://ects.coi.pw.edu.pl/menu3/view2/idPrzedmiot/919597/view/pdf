--- v2 (2026-01-12)
+++ v3 (2026-01-12)
@@ -746,67 +746,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W10</w:t>
+        <w:t xml:space="preserve">IS_W10, IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie w formie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>