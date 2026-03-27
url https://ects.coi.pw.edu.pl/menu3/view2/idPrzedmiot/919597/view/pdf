--- v3 (2026-01-12)
+++ v4 (2026-03-27)
@@ -746,67 +746,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W10, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -842,51 +842,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć podstawowe charakterystyki granicznej warstwy atmosfery - opracowanie w formie projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>