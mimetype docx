--- v0 (2025-10-30)
+++ v1 (2025-11-29)
@@ -886,51 +886,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08, IS_U10, IS_U05, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01, K04: </w:t>
       </w:r>
     </w:p>