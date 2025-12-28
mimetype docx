--- v1 (2025-11-29)
+++ v2 (2025-12-28)
@@ -870,67 +870,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, laboratorium 30%, projekt 20%
                                                                                                                                                                                                              </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U05, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U08, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01, K04: </w:t>
       </w:r>
     </w:p>