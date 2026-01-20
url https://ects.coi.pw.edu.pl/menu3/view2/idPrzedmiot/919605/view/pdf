--- v2 (2025-12-28)
+++ v3 (2026-01-20)
@@ -786,67 +786,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, laboratorium 30%, projekt 20%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W12, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05, U06, U08, U10: </w:t>
       </w:r>
     </w:p>