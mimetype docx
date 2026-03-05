--- v3 (2026-01-20)
+++ v4 (2026-03-05)
@@ -786,51 +786,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, laboratorium 30%, projekt 20%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W12, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>