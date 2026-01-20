--- v0 (2025-11-30)
+++ v1 (2026-01-20)
@@ -759,51 +759,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu pakietu OPERAT potrzebną do inżynierskich
 obliczeń stanu zanieczyszczenia powietrza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -814,67 +814,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat specyfiki zanieczyszczenia powietrza w miastach, w
 tym z zakresu problemu smogu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1107,67 +1107,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić krytyczną analizę zarządzania jakością powietrza w
 miastach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1194,51 +1194,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U12, IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>