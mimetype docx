--- v1 (2026-01-20)
+++ v2 (2026-02-13)
@@ -814,67 +814,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W03</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat specyfiki zanieczyszczenia powietrza w miastach, w
 tym z zakresu problemu smogu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1037,67 +1037,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U21, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć bilans emisji zanieczyszczeń powietrza z sektora komunalno-bytowego i transportu miejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1194,51 +1194,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U12, IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>