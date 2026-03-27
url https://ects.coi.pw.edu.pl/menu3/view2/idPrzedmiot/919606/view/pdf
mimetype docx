--- v2 (2026-02-13)
+++ v3 (2026-03-27)
@@ -885,67 +885,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu metod i instrumentów zarządzania jakością
 powietrza na szczeblu lokalnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1037,67 +1037,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U21, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć bilans emisji zanieczyszczeń powietrza z sektora komunalno-bytowego i transportu miejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>