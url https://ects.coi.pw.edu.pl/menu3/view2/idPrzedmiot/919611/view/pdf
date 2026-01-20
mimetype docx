--- v1 (2025-12-28)
+++ v2 (2026-01-20)
@@ -1004,51 +1004,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U20, IS_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oceniać zagrożenia poszczególnych komponentów środowiska związane z realizacją przedsięwzięć, wybrać i zastosować odpowiednie materiały, urządzenia i instalacje stosowane do realizacji przedsięwzięć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>