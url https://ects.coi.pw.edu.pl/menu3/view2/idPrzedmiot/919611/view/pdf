--- v2 (2026-01-20)
+++ v3 (2026-02-12)
@@ -988,67 +988,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej.
 Wykonanie procedury.
 Wykonanie i obrona projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U20, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oceniać zagrożenia poszczególnych komponentów środowiska związane z realizacją przedsięwzięć, wybrać i zastosować odpowiednie materiały, urządzenia i instalacje stosowane do realizacji przedsięwzięć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1213,67 +1213,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej.
 Wykonanie procedury.
 Wykonanie i obrona projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K05</w:t>
+        <w:t xml:space="preserve">IS_K05, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować opinie dotyczące wpływu przedsięwzięć na środowisko oraz argumentować na ich rzecz zarówno w środowisku specjalistów jak i niespecjalistów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>