--- v0 (2025-11-29)
+++ v1 (2025-12-28)
@@ -745,67 +745,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z materiału wykładowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W17, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna znaczenie wprowadzania zasad GOZ do współczesnej ekonomii, w szczególności w kontekście ograniczania negatywnych skutków społecznych działalności gospodarczej i efektywnego wykorzystania dostępnych (ale ograniczonych) zasobów.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -965,51 +965,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonywanie zadań zaliczeniowych na ćwiczeniach. Aktywność na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>