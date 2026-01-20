--- v1 (2025-12-28)
+++ v2 (2026-01-20)
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U14, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>