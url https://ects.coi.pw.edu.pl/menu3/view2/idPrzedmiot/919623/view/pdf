--- v2 (2026-01-20)
+++ v3 (2026-02-12)
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonywanie zadań zaliczeniowych na ćwiczeniach. Aktywność na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>