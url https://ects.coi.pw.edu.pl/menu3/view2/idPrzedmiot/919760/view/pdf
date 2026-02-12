--- v0 (2025-10-06)
+++ v1 (2026-02-12)
@@ -806,51 +806,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test końcowy, wejściówka przed każdymi zajęciami laboratoryjnymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>